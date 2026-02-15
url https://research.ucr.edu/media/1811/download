--- v0 (2025-10-30)
+++ v1 (2026-02-15)
@@ -1,1193 +1,2568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3D93DF17" w14:textId="27DC93E6" w:rsidR="00482316" w:rsidRPr="00133DF2" w:rsidRDefault="001508A8">
+    <w:p w14:paraId="3D93DF17" w14:textId="0A838344" w:rsidR="00103754" w:rsidRPr="005536AD" w:rsidRDefault="001508A8" w:rsidP="005536AD">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00133DF2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Research and Economic Development</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5FFC" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (RED)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54229EFE" w14:textId="6747E805" w:rsidR="001508A8" w:rsidRPr="005536AD" w:rsidRDefault="005F4C8C" w:rsidP="005536AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internal Review </w:t>
+      </w:r>
+      <w:r w:rsidR="001E2B6B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Opportunities.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2B6B" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Institutional Endorsements of </w:t>
+      </w:r>
+      <w:r w:rsidR="001508A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Limited Submissions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Opportunities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DBD50C2" w14:textId="12D00CBA" w:rsidR="001508A8" w:rsidRDefault="001508A8">
+    <w:p w14:paraId="6DBD50C2" w14:textId="12D00CBA" w:rsidR="001508A8" w:rsidRPr="005536AD" w:rsidRDefault="001508A8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="528504ED" w14:textId="63C6A5C8" w:rsidR="001508A8" w:rsidRDefault="00E77035">
+    <w:p w14:paraId="528504ED" w14:textId="151069B7" w:rsidR="001508A8" w:rsidRPr="005536AD" w:rsidRDefault="00E77035">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">his document </w:t>
+      </w:r>
+      <w:r w:rsidR="00A4667A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0D1F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A4667A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0024169D" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RED’s</w:t>
+      </w:r>
+      <w:r w:rsidR="001522BA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process </w:t>
+      </w:r>
+      <w:r w:rsidR="0024169D" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="001522BA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidR="0024169D" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="001522BA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposals for external funding when an agency limits the number of institutional submissions allowable by investigators and/or institutions. This </w:t>
+      </w:r>
+      <w:r w:rsidR="00896076" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">process </w:t>
+      </w:r>
+      <w:r w:rsidR="001522BA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applies to all PIs responding </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001522BA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“limited s</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ubmission opportunities</w:t>
+      </w:r>
+      <w:r w:rsidR="00133DF2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548FDDC9" w14:textId="4C8AEA33" w:rsidR="00A37F73" w:rsidRPr="005536AD" w:rsidRDefault="00A37F73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58EE0423" w14:textId="1B32BEE8" w:rsidR="00A37F73" w:rsidRPr="005536AD" w:rsidRDefault="005818F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Call for internal pre-applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A8B" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When limited submission opportunities are identified, an announcement </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA08CB" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A8B" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31950">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A8B" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the UCR RED Limited </w:t>
+      </w:r>
+      <w:r w:rsidR="00896076" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submissions </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A8B" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>website.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Depending on the agency</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4E51" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and deadline</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the UCR internal deadline </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6133" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> set </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6133" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> allow </w:t>
+      </w:r>
+      <w:r w:rsidR="00422270" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">time </w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0229" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00422270" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>internal submissions, review</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31950">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> process,</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="005B2021" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as much time as possible</w:t>
+      </w:r>
+      <w:r w:rsidR="005A17A8" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for PIs to create and submit competitive proposals to the funding agency.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2021" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PIs identify a limited submission opportunity for which they would like to apply but has not been advertised </w:t>
+      </w:r>
+      <w:r w:rsidR="005C74E7" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the website,</w:t>
+      </w:r>
+      <w:r w:rsidR="00744FC4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should immediately contact RED so </w:t>
+      </w:r>
+      <w:r w:rsidR="00744FC4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="005C74E7" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>internal competition can take place.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD36A86" w14:textId="68AA6D85" w:rsidR="005A17A8" w:rsidRPr="005536AD" w:rsidRDefault="005A17A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D387529" w14:textId="0EF1AF61" w:rsidR="005A17A8" w:rsidRPr="005536AD" w:rsidRDefault="005A17A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the number of </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6133" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pre-applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">received for a limited submission opportunity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exceeds the number allowed by the funding agency, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1D1E" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Associate Vice Chancellor for Research and Economic Development </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5FFC" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(AVC-RED)</w:t>
+      </w:r>
+      <w:r w:rsidR="00792484">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1D1E" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will make final decisions based on </w:t>
+      </w:r>
+      <w:r w:rsidR="00603599" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a faculty review </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1D1E" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">committee recommendations for the strongest </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proposal</w:t>
+      </w:r>
+      <w:r w:rsidR="00792484">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1D1E" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25695" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These recommendations will be based on </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1D99" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25695" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pre-proposal materials received.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0253856A" w14:textId="5931DD04" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="005818F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F8D46B" w14:textId="77F88B99" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="006168DA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:r w:rsidR="00D52F5F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number of pre-applications received </w:t>
+      </w:r>
+      <w:r w:rsidR="0071159E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52F5F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> less than or equal to the number allowed by the funding agency, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>no review committee is needed</w:t>
+      </w:r>
+      <w:r w:rsidR="008335C5" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PIs</w:t>
+      </w:r>
+      <w:r w:rsidR="0071159E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are given approval to proceed immediately</w:t>
+      </w:r>
+      <w:r w:rsidR="008335C5" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in order to </w:t>
+      </w:r>
+      <w:r w:rsidR="0078504A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r w:rsidR="0071159E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078504A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as much time as possible to prepare their full applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522E9460" w14:textId="5FFEFC97" w:rsidR="00C25695" w:rsidRPr="005536AD" w:rsidRDefault="00C25695">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EC6F9AE" w14:textId="2608BFDA" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="00C25695">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All PIs will be notified when their internal applications are received, and immediately upon the review committee’s decisions. Brief written feedback </w:t>
+      </w:r>
+      <w:r w:rsidR="00011858" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be provided when there </w:t>
+      </w:r>
+      <w:r w:rsidR="00A9125C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>has been a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> competition</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FCBA97" w14:textId="77777777" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="005818F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E65A058" w14:textId="2BC52EC1" w:rsidR="001340CC" w:rsidRPr="005536AD" w:rsidRDefault="001340CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54AEB209" w14:textId="03A1192C" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="001340CC" w:rsidP="005818F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review Committee </w:t>
+      </w:r>
+      <w:r w:rsidR="005F4C8C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1199C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A small diverse group of faculty c</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7BD4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ommittee members are selected by the </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5FFC" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AVC-RED</w:t>
+      </w:r>
+      <w:r w:rsidR="00190B56">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the reviews</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7BD4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE52FF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7BD4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The committee members will </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1199C" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7BD4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience in proposal development </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7112" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and the ability to</w:t>
+      </w:r>
+      <w:r w:rsidR="00361B42" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7BD4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">review and </w:t>
+      </w:r>
+      <w:r w:rsidR="00140356" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>understand the guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7406" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00140356" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7112" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:r w:rsidR="00140356" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> independently evaluate the quality of the </w:t>
+      </w:r>
+      <w:r w:rsidR="001771F7" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pre-</w:t>
+      </w:r>
+      <w:r w:rsidR="00140356" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>proposals</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7112" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide independent and unbiased review</w:t>
+      </w:r>
+      <w:r w:rsidR="002E7406" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC4FFA3" w14:textId="77777777" w:rsidR="00880188" w:rsidRPr="005536AD" w:rsidRDefault="00880188" w:rsidP="005818F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7493F34C" w14:textId="1A1CB1C8" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="00716A1A" w:rsidP="005818F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">his document </w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In order to avoid conflict of interest perceptions, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3161">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>subject matter expert</w:t>
+      </w:r>
+      <w:r w:rsidR="00B964DD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ise</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3161">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00631351" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">olleagues </w:t>
+      </w:r>
+      <w:r w:rsidR="001771F7" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the same department</w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD212F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the applicants </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF670A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="00926447" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> normally</w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> invited to the committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9121A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, though </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7B68">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this may not</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3161">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> always</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7B68">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be avoided</w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00637C7F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Some major opportunities, particularly those requiring substantial cost-sharing from UCR, will always involve the department chairs and/or deans in the review process.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52264">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A4667A">
-[...45 lines deleted...]
-        <w:t>”</w:t>
+      <w:r w:rsidR="00D72BF4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On rare circumstances when time limitations prevent forming a full committee, decisions will be made internally in RED to avoid losing the opportunity of campus compet</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD212F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ition</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72BF4" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the external funding. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548FDDC9" w14:textId="4C8AEA33" w:rsidR="00A37F73" w:rsidRDefault="00A37F73">
+    <w:p w14:paraId="5FF8B4A1" w14:textId="73FE372A" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="005818F2">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58EE0423" w14:textId="25DE63A0" w:rsidR="00A37F73" w:rsidRDefault="005818F2">
+    <w:p w14:paraId="37775211" w14:textId="77777777" w:rsidR="005818F2" w:rsidRPr="005536AD" w:rsidRDefault="005818F2">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...196 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D387529" w14:textId="50270843" w:rsidR="005A17A8" w:rsidRDefault="005A17A8">
+    <w:p w14:paraId="469F7356" w14:textId="1223CE25" w:rsidR="001340CC" w:rsidRPr="005536AD" w:rsidRDefault="005818F2">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review Criteria:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F4C8C">
-[...45 lines deleted...]
-        <w:t>These recommendations will be based on pre-proposal materials received.</w:t>
+      <w:r w:rsidR="000F0350" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The goal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the review process </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0350" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is to select the </w:t>
+      </w:r>
+      <w:r w:rsidR="00704575" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">research </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">project </w:t>
+      </w:r>
+      <w:r w:rsidR="00704575" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0350" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2E37" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">best </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0350" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fits the funders’ guidelines and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33E72" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">therefore </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0350" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33E72" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>greatest likelihood of</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0350" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> external funding.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0253856A" w14:textId="5931DD04" w:rsidR="005818F2" w:rsidRDefault="005818F2">
+    <w:p w14:paraId="5757457F" w14:textId="4A11ECD5" w:rsidR="00FB0685" w:rsidRPr="005536AD" w:rsidRDefault="00FB0685">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68F8D46B" w14:textId="3F65C898" w:rsidR="005818F2" w:rsidRDefault="006168DA">
+    <w:p w14:paraId="648CB537" w14:textId="6A2730AC" w:rsidR="006168DA" w:rsidRPr="005536AD" w:rsidRDefault="00FB0685">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">When a small number of pre-applications are received and no review committee is needed, these PIs are given approval to proceed immediately.  This enables PIs as much time as possible to prepare their full applications.  </w:t>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The criteria used for evaluating pre-proposals </w:t>
+      </w:r>
+      <w:r w:rsidR="005818F2" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reflect the criteria stated in</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4BF9" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C01A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the funder’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RFP.</w:t>
+      </w:r>
+      <w:r w:rsidR="00910809" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other aspects that may be taken in consideration include</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4BF9" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how clearly </w:t>
+      </w:r>
+      <w:r w:rsidR="009C01A2" w:rsidRPr="00280E48">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the research objectives</w:t>
+      </w:r>
+      <w:r w:rsidR="009C01A2" w:rsidRPr="009C01A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C01A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articulate</w:t>
+      </w:r>
+      <w:r w:rsidR="00704575" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5A66" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the potential impact of the research funding on the PI and the institution</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5A66" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the scientific qualifications of the applicants</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5A66" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the potential contributions to the diversity, equity, and inclusion goals of </w:t>
+      </w:r>
+      <w:r w:rsidR="001D4403">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UCR</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5A66" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the feasibility of the proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5A66" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for large proposals which need substantial institutional support</w:t>
+      </w:r>
+      <w:r w:rsidR="00704575" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evidence of proper management plans </w:t>
+      </w:r>
+      <w:r w:rsidR="00704575" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plus</w:t>
+      </w:r>
+      <w:r w:rsidR="006168DA" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sustainable projections at the conclusion of the award.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="522E9460" w14:textId="5FFEFC97" w:rsidR="00C25695" w:rsidRDefault="00C25695">
+    <w:p w14:paraId="7506132C" w14:textId="77777777" w:rsidR="00BD68FD" w:rsidRPr="005536AD" w:rsidRDefault="00BD68FD">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EC6F9AE" w14:textId="0474DAF2" w:rsidR="005818F2" w:rsidRDefault="00C25695">
+    <w:p w14:paraId="159A1452" w14:textId="44F50132" w:rsidR="008C2EF8" w:rsidRPr="005536AD" w:rsidRDefault="00D63054">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pre-proposal Applications: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UCR Limited Submission</w:t>
+      </w:r>
+      <w:r w:rsidR="00575139" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proposals </w:t>
+      </w:r>
+      <w:r w:rsidR="005D304F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidR="00575139" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> follow the</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6EE0" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00933BFF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6EE0" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubmission </w:t>
+      </w:r>
+      <w:r w:rsidR="00933BFF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6EE0" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nstructions outlined at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="005D304F" w:rsidRPr="005536AD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://research.ucr.edu/funding/limited-submissions#submission-instructions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00933BFF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. In cases where s</w:t>
+      </w:r>
+      <w:r w:rsidR="005D304F" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pecial instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="0072588A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C926C3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are written</w:t>
+      </w:r>
+      <w:r w:rsidR="00933BFF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a specific</w:t>
+      </w:r>
+      <w:r w:rsidR="0072588A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00974408" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>limited o</w:t>
+      </w:r>
+      <w:r w:rsidR="00866F8A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pportunity </w:t>
+      </w:r>
+      <w:r w:rsidR="00974408" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>posting</w:t>
+      </w:r>
+      <w:r w:rsidR="00933BFF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF04F5" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> special instructions</w:t>
+      </w:r>
+      <w:r w:rsidR="00974408" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supersede</w:t>
+      </w:r>
+      <w:r w:rsidR="00866F8A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C926C3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard</w:t>
+      </w:r>
+      <w:r w:rsidR="00866F8A" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instructions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00974408" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Late pre-proposal submissions m</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF505B" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ay</w:t>
+      </w:r>
+      <w:r w:rsidR="000E48CF" w:rsidRPr="005536AD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not be accepted and priority may be given to applicants received by the deadline</w:t>
+      </w:r>
+      <w:r w:rsidR="00103754">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="33FCBA97" w14:textId="77777777" w:rsidR="005818F2" w:rsidRDefault="005818F2">
+    <w:p w14:paraId="4F4DB325" w14:textId="77777777" w:rsidR="008C2EF8" w:rsidRPr="005536AD" w:rsidRDefault="008C2EF8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E65A058" w14:textId="2BC52EC1" w:rsidR="001340CC" w:rsidRDefault="001340CC">
-[...520 lines deleted...]
-    <w:sectPr w:rsidR="008C2EF8" w:rsidRPr="001508A8">
+    <w:sectPr w:rsidR="008C2EF8" w:rsidRPr="005536AD" w:rsidSect="005536AD">
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="47922F4A" w14:textId="77777777" w:rsidR="000F5FFB" w:rsidRDefault="000F5FFB" w:rsidP="000F5FFB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="69444932" w14:textId="77777777" w:rsidR="000F5FFB" w:rsidRDefault="000F5FFB" w:rsidP="000F5FFB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17737FA3" w14:textId="77777777" w:rsidR="00AC6BE9" w:rsidRDefault="00AC6BE9" w:rsidP="005536AD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="30C40C29" w14:textId="0B9C7C97" w:rsidR="000F5FFB" w:rsidRPr="005536AD" w:rsidRDefault="00A526B8" w:rsidP="005536AD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005536AD">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Revised February 2026</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5159A642" w14:textId="77777777" w:rsidR="000F5FFB" w:rsidRDefault="000F5FFB" w:rsidP="000F5FFB">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="211A0689" w14:textId="77777777" w:rsidR="000F5FFB" w:rsidRDefault="000F5FFB" w:rsidP="000F5FFB">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001508A8"/>
+    <w:rsid w:val="00011858"/>
+    <w:rsid w:val="00071E80"/>
     <w:rsid w:val="00076303"/>
     <w:rsid w:val="000D7A64"/>
     <w:rsid w:val="000E48CF"/>
     <w:rsid w:val="000F0350"/>
+    <w:rsid w:val="000F5FFB"/>
+    <w:rsid w:val="00103754"/>
+    <w:rsid w:val="001138E7"/>
     <w:rsid w:val="00113A8B"/>
     <w:rsid w:val="00133DF2"/>
     <w:rsid w:val="001340CC"/>
     <w:rsid w:val="00140356"/>
     <w:rsid w:val="00147875"/>
     <w:rsid w:val="001508A8"/>
     <w:rsid w:val="001522BA"/>
     <w:rsid w:val="001771F7"/>
+    <w:rsid w:val="00190B56"/>
+    <w:rsid w:val="001C0D1F"/>
+    <w:rsid w:val="001D4403"/>
     <w:rsid w:val="001D4E51"/>
+    <w:rsid w:val="001E2B6B"/>
     <w:rsid w:val="001F2A1A"/>
+    <w:rsid w:val="0024169D"/>
+    <w:rsid w:val="00267401"/>
+    <w:rsid w:val="00293266"/>
+    <w:rsid w:val="002E5FFC"/>
+    <w:rsid w:val="002E7406"/>
     <w:rsid w:val="00317238"/>
+    <w:rsid w:val="00350991"/>
+    <w:rsid w:val="00361B42"/>
+    <w:rsid w:val="00364C6C"/>
+    <w:rsid w:val="0038316D"/>
+    <w:rsid w:val="00392934"/>
     <w:rsid w:val="003A775F"/>
+    <w:rsid w:val="003E6EE0"/>
+    <w:rsid w:val="003F432E"/>
+    <w:rsid w:val="00422270"/>
     <w:rsid w:val="004E6133"/>
+    <w:rsid w:val="004E7EDD"/>
     <w:rsid w:val="005364C1"/>
+    <w:rsid w:val="005536AD"/>
+    <w:rsid w:val="00575139"/>
     <w:rsid w:val="005818F2"/>
     <w:rsid w:val="005A17A8"/>
+    <w:rsid w:val="005B2021"/>
+    <w:rsid w:val="005B34B7"/>
     <w:rsid w:val="005C74E7"/>
+    <w:rsid w:val="005D304F"/>
     <w:rsid w:val="005E4BF9"/>
     <w:rsid w:val="005F4C8C"/>
+    <w:rsid w:val="00601C7F"/>
+    <w:rsid w:val="00603599"/>
     <w:rsid w:val="00607557"/>
     <w:rsid w:val="006168DA"/>
+    <w:rsid w:val="00621195"/>
     <w:rsid w:val="00631351"/>
+    <w:rsid w:val="00637C7F"/>
     <w:rsid w:val="006A0229"/>
+    <w:rsid w:val="006B7B68"/>
     <w:rsid w:val="006B7BD4"/>
     <w:rsid w:val="006D3E22"/>
     <w:rsid w:val="00704575"/>
+    <w:rsid w:val="0071159E"/>
+    <w:rsid w:val="00716A1A"/>
+    <w:rsid w:val="0072588A"/>
+    <w:rsid w:val="00744FC4"/>
+    <w:rsid w:val="00763919"/>
+    <w:rsid w:val="0078504A"/>
+    <w:rsid w:val="00792484"/>
+    <w:rsid w:val="007B5455"/>
+    <w:rsid w:val="007D2E37"/>
     <w:rsid w:val="007D536A"/>
+    <w:rsid w:val="008335C5"/>
     <w:rsid w:val="008646E1"/>
+    <w:rsid w:val="00866F8A"/>
     <w:rsid w:val="00880188"/>
+    <w:rsid w:val="00896076"/>
     <w:rsid w:val="008C2EF8"/>
+    <w:rsid w:val="008E34B7"/>
+    <w:rsid w:val="008E74D6"/>
+    <w:rsid w:val="00906857"/>
+    <w:rsid w:val="00910809"/>
     <w:rsid w:val="0091099C"/>
+    <w:rsid w:val="00926447"/>
+    <w:rsid w:val="009337D5"/>
+    <w:rsid w:val="00933BFF"/>
     <w:rsid w:val="00950A88"/>
     <w:rsid w:val="009629B7"/>
+    <w:rsid w:val="0097220E"/>
+    <w:rsid w:val="00974408"/>
+    <w:rsid w:val="00992009"/>
+    <w:rsid w:val="009C01A2"/>
+    <w:rsid w:val="009E5A66"/>
+    <w:rsid w:val="00A1199C"/>
     <w:rsid w:val="00A37F73"/>
     <w:rsid w:val="00A4667A"/>
+    <w:rsid w:val="00A52264"/>
+    <w:rsid w:val="00A526B8"/>
     <w:rsid w:val="00A9125C"/>
+    <w:rsid w:val="00A93B0D"/>
     <w:rsid w:val="00AA08CB"/>
+    <w:rsid w:val="00AC6BE9"/>
+    <w:rsid w:val="00B964DD"/>
     <w:rsid w:val="00BD68FD"/>
     <w:rsid w:val="00C25695"/>
+    <w:rsid w:val="00C55FB3"/>
+    <w:rsid w:val="00C9121A"/>
+    <w:rsid w:val="00C926C3"/>
+    <w:rsid w:val="00CA1D99"/>
+    <w:rsid w:val="00CD19A1"/>
     <w:rsid w:val="00D0174B"/>
+    <w:rsid w:val="00D33E72"/>
+    <w:rsid w:val="00D52F5F"/>
     <w:rsid w:val="00D63054"/>
     <w:rsid w:val="00D72BF4"/>
     <w:rsid w:val="00D81874"/>
     <w:rsid w:val="00D82A29"/>
+    <w:rsid w:val="00DE52FF"/>
     <w:rsid w:val="00DF7641"/>
+    <w:rsid w:val="00E31950"/>
+    <w:rsid w:val="00E32BDB"/>
     <w:rsid w:val="00E5705E"/>
     <w:rsid w:val="00E77035"/>
     <w:rsid w:val="00EB0C52"/>
+    <w:rsid w:val="00EB3161"/>
     <w:rsid w:val="00EF1D1E"/>
+    <w:rsid w:val="00EF670A"/>
+    <w:rsid w:val="00F57B49"/>
     <w:rsid w:val="00FB0685"/>
     <w:rsid w:val="00FD212F"/>
+    <w:rsid w:val="00FF04F5"/>
+    <w:rsid w:val="00FF505B"/>
+    <w:rsid w:val="00FF7112"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3F50167E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D100CDCF-6919-164E-94F5-307E5FE12B0C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1581,110 +2956,180 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0091099C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0091099C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0091099C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0091099C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0091099C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CD19A1"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005D304F"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005D304F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F5FFB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000F5FFB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F5FFB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000F5FFB"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.ucr.edu/funding/limited-submissions#submission-instructions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1943,69 +3388,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>610</Words>
-  <Characters>3482</Characters>
+  <Words>602</Words>
+  <Characters>3599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4084</CharactersWithSpaces>
+  <CharactersWithSpaces>4187</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lynda Jenkins</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>